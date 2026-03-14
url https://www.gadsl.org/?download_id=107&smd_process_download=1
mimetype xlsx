--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://americanchemistry-my.sharepoint.com/personal/kjaeggi_americanchemistry_com/Documents/Website/Web_Tickets 2025/November 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/a8eb89895e3f785b/Documents/GAR Consulting LLC/GASDL Documents/2025 GADSL SG Meetings/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{774612FA-712E-477C-AFA2-169345C254A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{325E5954-A90D-43EF-A96C-8CD9CD8A8094}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C340217A-09A3-4964-96E3-49719B957949}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="93">
   <si>
     <t>Global Automotive Stakeholders Group</t>
   </si>
   <si>
     <t>Steering Committee Members</t>
   </si>
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>Americas Region:</t>
   </si>
   <si>
     <t>Lyn Greenwood</t>
   </si>
   <si>
     <t>ExxonMobil</t>
   </si>
   <si>
@@ -317,58 +317,70 @@
   <si>
     <t>+32 493 2302 80</t>
   </si>
   <si>
     <t>DuPont</t>
   </si>
   <si>
     <t>Vanessa Weigel</t>
   </si>
   <si>
     <t>+49 173 347 8310</t>
   </si>
   <si>
     <t xml:space="preserve">  vanessa.weigel@basf.com</t>
   </si>
   <si>
     <t xml:space="preserve">  cshafer7@ford.com</t>
   </si>
   <si>
     <t xml:space="preserve">   ele@cefic.be</t>
   </si>
   <si>
     <t>+39 366 765 48 09</t>
   </si>
   <si>
-    <t>updated November 2025</t>
+    <t>Tai Nakayama</t>
+  </si>
+  <si>
+    <t>DAIHATSU</t>
+  </si>
+  <si>
+    <t>+81-72-754-3346</t>
+  </si>
+  <si>
+    <t>Tai_Nakayama@dk.daihatsu.co.jp</t>
+  </si>
+  <si>
+    <t>updated March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -376,50 +388,67 @@
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="13"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="15"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00FFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -813,55 +842,57 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
@@ -1044,54 +1075,68 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{A0C68CB1-374C-40DC-A5E3-7A473C30D13F}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{F0F69DDD-8574-41D3-A45E-9BB28EA0EF31}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00FFFF"/>
       <color rgb="FFDAF2D0"/>
       <color rgb="FF8ED973"/>
       <color rgb="FF66CCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1395,54 +1440,54 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16FEC66D-D3DF-4611-95D3-5CB34D50E794}">
-  <dimension ref="B1:H38"/>
+  <dimension ref="B1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F41" sqref="F41"/>
+      <selection activeCell="E33" sqref="E33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="36.5703125" customWidth="1"/>
     <col min="3" max="3" width="28.5703125" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" customWidth="1"/>
     <col min="5" max="5" width="46.5703125" customWidth="1"/>
     <col min="6" max="6" width="76.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:8" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B2" s="80" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="81"/>
       <c r="D2" s="81"/>
       <c r="E2" s="82"/>
     </row>
     <row r="3" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="1"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="51"/>
@@ -1731,165 +1776,171 @@
       </c>
       <c r="D25" s="30" t="s">
         <v>55</v>
       </c>
       <c r="E25" s="60" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="65"/>
     </row>
     <row r="26" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="28" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="33" t="s">
         <v>57</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>58</v>
       </c>
       <c r="E26" s="59" t="s">
         <v>59</v>
       </c>
       <c r="F26" s="65"/>
     </row>
     <row r="27" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="28" t="s">
+      <c r="B27" s="83" t="s">
+        <v>88</v>
+      </c>
+      <c r="C27" s="84" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" s="85" t="s">
+        <v>90</v>
+      </c>
+      <c r="E27" s="86" t="s">
+        <v>91</v>
+      </c>
+      <c r="F27" s="65"/>
+    </row>
+    <row r="28" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="28" t="s">
         <v>60</v>
       </c>
-      <c r="C27" s="33" t="s">
+      <c r="C28" s="33" t="s">
         <v>61</v>
       </c>
-      <c r="D27" s="30" t="s">
+      <c r="D28" s="30" t="s">
         <v>62</v>
       </c>
-      <c r="E27" s="59" t="s">
+      <c r="E28" s="59" t="s">
         <v>63</v>
       </c>
-      <c r="F27" s="65"/>
-[...2 lines deleted...]
-      <c r="B28" s="34" t="s">
+      <c r="F28" s="65"/>
+    </row>
+    <row r="29" spans="2:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="34" t="s">
         <v>64</v>
       </c>
-      <c r="C28" s="35" t="s">
+      <c r="C29" s="35" t="s">
         <v>65</v>
       </c>
-      <c r="D28" s="36" t="s">
+      <c r="D29" s="36" t="s">
         <v>66</v>
       </c>
-      <c r="E28" s="61" t="s">
+      <c r="E29" s="61" t="s">
         <v>67</v>
       </c>
-      <c r="F28" s="65"/>
-[...5 lines deleted...]
-      <c r="E29" s="62"/>
       <c r="F29" s="65"/>
     </row>
     <row r="30" spans="2:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="5" t="s">
+      <c r="B30" s="37"/>
+      <c r="C30" s="38"/>
+      <c r="D30" s="49"/>
+      <c r="E30" s="62"/>
+      <c r="F30" s="65"/>
+    </row>
+    <row r="31" spans="2:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="C30" s="24"/>
-[...5 lines deleted...]
-      <c r="B31" s="39" t="s">
+      <c r="C31" s="24"/>
+      <c r="D31" s="48"/>
+      <c r="E31" s="57"/>
+      <c r="F31" s="65"/>
+    </row>
+    <row r="32" spans="2:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="C31" s="40" t="s">
+      <c r="C32" s="40" t="s">
         <v>69</v>
       </c>
-      <c r="D31" s="41" t="s">
+      <c r="D32" s="41" t="s">
         <v>76</v>
       </c>
-      <c r="E31" s="63" t="s">
+      <c r="E32" s="63" t="s">
         <v>71</v>
       </c>
-      <c r="F31" s="65"/>
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="65"/>
     </row>
-    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" spans="2:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="42"/>
+      <c r="C33" s="43"/>
+      <c r="D33" s="50"/>
+      <c r="E33" s="64" t="s">
+        <v>92</v>
+      </c>
+      <c r="F33" s="65"/>
+    </row>
+    <row r="37" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="ecfc0d83-df91-49b9-9181-fcba1223791d" xsi:nil="true"/>
     <TaxCatchAll xmlns="9ebffbbf-c966-4aa7-b195-58eca36e838d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ecfc0d83-df91-49b9-9181-fcba1223791d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_Flow_SignoffStatus xmlns="ecfc0d83-df91-49b9-9181-fcba1223791d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100405D97C8534EB643A06F859EC1B965A5" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="33bd5d6df4676171cbf234e5ffba034d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ecfc0d83-df91-49b9-9181-fcba1223791d" xmlns:ns3="9ebffbbf-c966-4aa7-b195-58eca36e838d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4bd09c797cd30f26b39a9b0449d6c6b3" ns2:_="" ns3:_="">
     <xsd:import namespace="ecfc0d83-df91-49b9-9181-fcba1223791d"/>
     <xsd:import namespace="9ebffbbf-c966-4aa7-b195-58eca36e838d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -2120,84 +2171,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3E0AAE7-B7E2-4988-B2DC-C4FA52EFA54F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ecfc0d83-df91-49b9-9181-fcba1223791d"/>
     <ds:schemaRef ds:uri="9ebffbbf-c966-4aa7-b195-58eca36e838d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{359487BA-5668-4BCA-88A9-8E0FA1EF7037}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ecfc0d83-df91-49b9-9181-fcba1223791d"/>
     <ds:schemaRef ds:uri="9ebffbbf-c966-4aa7-b195-58eca36e838d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86653FB1-D93C-418C-BBC7-A554947DE10A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>